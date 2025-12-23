--- v0 (2025-11-11)
+++ v1 (2025-12-23)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.224.247.10\両局共有\総務課\toukei\両局共通\12_月報・年報・その他統計刊行物\01_福祉局月報・保健医療局月報\衛生班\R07年度\02_月報データ（202504-202603）\202508\3_HP用\B1（10月22日）\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\10.224.247.10\両局共有\総務課\toukei\両局共通\12_月報・年報・その他統計刊行物\01_福祉局月報・保健医療局月報\衛生班\R07年度\02_月報データ（202504-202603）\202510（令和7年度第2四半期）\3_HP用\B1（12月22日）\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{66B93997-F11D-4A7B-A95C-C45BA7D2402A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A6810C22-21E2-4F59-BF77-388AA1471CE5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{CE91991A-D3EC-461C-9054-D09EAA1ABC8B}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{53401446-100C-4669-92D3-D85B7EC938A1}"/>
   </bookViews>
   <sheets>
     <sheet name="11（旧14）" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'11（旧14）'!$A$1:$H$19</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
@@ -74,52 +74,52 @@
     <rPh sb="3" eb="5">
       <t>カンシ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>シドウ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>トウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>（令和７年</t>
     <rPh sb="1" eb="2">
       <t>レイ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ワ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
-    <t>８月分）</t>
-    <rPh sb="1" eb="3">
+    <t>10月分）</t>
+    <rPh sb="2" eb="4">
       <t>ガツブン</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>対象業態数</t>
     <rPh sb="0" eb="2">
       <t>タイショウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ギョウ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>タイ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>スウ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>監視指導
 件数</t>
     <rPh sb="0" eb="2">
       <t>カンシ</t>
@@ -341,51 +341,51 @@
     </rPh>
     <rPh sb="3" eb="5">
       <t>ケンコウ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>アンゼン</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ブ</t>
     </rPh>
     <rPh sb="8" eb="10">
       <t>ショクヒン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>カンシ</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>カ</t>
     </rPh>
     <phoneticPr fontId="2"/>
   </si>
   <si>
     <t>（令和７年</t>
   </si>
   <si>
-    <t>８月分）</t>
+    <t>10月分）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="176" formatCode="[DBNum3]0&quot;月&quot;&quot;分&quot;\)"/>
     <numFmt numFmtId="178" formatCode="\(&quot;平&quot;&quot;成&quot;0&quot;年&quot;"/>
   </numFmts>
   <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="ＭＳ 明朝"/>
       <family val="1"/>
       <charset val="128"/>
     </font>
@@ -1101,55 +1101,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{83EC73AD-DE58-4C4C-8DFF-67B6E0B6975F}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D35F7DCC-A476-4962-8938-4CFBC113C122}">
   <dimension ref="A1:L21"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
-      <selection activeCell="C6" sqref="C6"/>
+    <sheetView tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+      <selection activeCell="K9" sqref="K9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="3.36328125" style="2" customWidth="1"/>
     <col min="2" max="2" width="13.90625" style="2" bestFit="1" customWidth="1"/>
     <col min="3" max="5" width="10.08984375" style="2" customWidth="1"/>
     <col min="6" max="6" width="10.90625" style="2" customWidth="1"/>
     <col min="7" max="8" width="10.08984375" style="2" customWidth="1"/>
     <col min="9" max="9" width="9.08984375" style="2" customWidth="1"/>
     <col min="10" max="16384" width="9" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="3" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
       <c r="G3" s="3" t="s">
         <v>2</v>
@@ -1174,70 +1174,70 @@
         <v>7</v>
       </c>
       <c r="G4" s="7" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="7" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="10"/>
       <c r="B5" s="11"/>
       <c r="C5" s="12"/>
       <c r="D5" s="13" t="s">
         <v>10</v>
       </c>
       <c r="E5" s="13" t="s">
         <v>11</v>
       </c>
       <c r="F5" s="12"/>
       <c r="G5" s="12"/>
       <c r="H5" s="12"/>
     </row>
     <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A6" s="14">
-        <v>2086</v>
+        <v>2074</v>
       </c>
       <c r="B6" s="15"/>
       <c r="C6" s="16">
-        <v>13413</v>
+        <v>13417</v>
       </c>
       <c r="D6" s="16">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E6" s="16">
-        <v>241</v>
+        <v>784</v>
       </c>
       <c r="F6" s="16">
         <v>0</v>
       </c>
       <c r="G6" s="16">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H6" s="17">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A7" s="18"/>
       <c r="B7" s="18"/>
       <c r="C7" s="19"/>
       <c r="D7" s="19"/>
       <c r="E7" s="19"/>
       <c r="F7" s="19"/>
       <c r="G7" s="19"/>
       <c r="H7" s="19"/>
     </row>
     <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="9" spans="1:12" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A9" s="2" t="s">
         <v>12</v>
       </c>
       <c r="G9" s="20" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="4" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" thickTop="1" x14ac:dyDescent="0.2">
@@ -1260,189 +1260,189 @@
         <v>17</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A11" s="10"/>
       <c r="B11" s="11"/>
       <c r="C11" s="13" t="s">
         <v>18</v>
       </c>
       <c r="D11" s="13" t="s">
         <v>19</v>
       </c>
       <c r="E11" s="13" t="s">
         <v>20</v>
       </c>
       <c r="F11" s="12"/>
       <c r="G11" s="12"/>
       <c r="H11" s="12"/>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A12" s="24" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="25"/>
       <c r="C12" s="26">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="D12" s="27">
-        <v>321</v>
+        <v>296</v>
       </c>
       <c r="E12" s="28">
         <v>0</v>
       </c>
       <c r="F12" s="29">
-        <v>5612</v>
+        <v>4159</v>
       </c>
       <c r="G12" s="29">
         <v>0</v>
       </c>
       <c r="H12" s="29">
-        <v>38</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A13" s="30"/>
       <c r="B13" s="31" t="s">
         <v>21</v>
       </c>
       <c r="C13" s="32">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="D13" s="33">
-        <v>35</v>
+        <v>18</v>
       </c>
       <c r="E13" s="34">
         <v>0</v>
       </c>
       <c r="F13" s="35">
-        <v>400</v>
+        <v>294</v>
       </c>
       <c r="G13" s="35">
         <v>0</v>
       </c>
       <c r="H13" s="34">
-        <v>0</v>
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A14" s="30"/>
       <c r="B14" s="31" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="32">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D14" s="33">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="E14" s="34">
         <v>0</v>
       </c>
       <c r="F14" s="35">
-        <v>174</v>
+        <v>60</v>
       </c>
       <c r="G14" s="35">
         <v>0</v>
       </c>
       <c r="H14" s="34">
         <v>0</v>
       </c>
       <c r="L14" s="2" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A15" s="30"/>
       <c r="B15" s="31" t="s">
         <v>24</v>
       </c>
       <c r="C15" s="32">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="D15" s="33">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="E15" s="34">
         <v>0</v>
       </c>
       <c r="F15" s="35">
-        <v>46</v>
+        <v>8</v>
       </c>
       <c r="G15" s="35">
         <v>0</v>
       </c>
       <c r="H15" s="34">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A16" s="30"/>
       <c r="B16" s="31" t="s">
         <v>25</v>
       </c>
       <c r="C16" s="32">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="D16" s="33">
-        <v>38</v>
+        <v>11</v>
       </c>
       <c r="E16" s="34">
         <v>0</v>
       </c>
       <c r="F16" s="35">
-        <v>3000</v>
+        <v>1378</v>
       </c>
       <c r="G16" s="35">
         <v>0</v>
       </c>
       <c r="H16" s="34">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="17" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A17" s="36"/>
       <c r="B17" s="37" t="s">
         <v>26</v>
       </c>
       <c r="C17" s="38">
-        <v>219</v>
+        <v>253</v>
       </c>
       <c r="D17" s="39">
-        <v>219</v>
+        <v>253</v>
       </c>
       <c r="E17" s="40">
         <v>0</v>
       </c>
       <c r="F17" s="41">
-        <v>1992</v>
+        <v>2419</v>
       </c>
       <c r="G17" s="41">
         <v>0</v>
       </c>
       <c r="H17" s="40">
-        <v>36</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A18" s="42"/>
       <c r="B18" s="42"/>
       <c r="C18" s="19"/>
       <c r="D18" s="19"/>
       <c r="E18" s="19"/>
       <c r="F18" s="19"/>
       <c r="G18" s="19"/>
       <c r="H18" s="19"/>
     </row>
     <row r="19" spans="1:8" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A19" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C19" s="19"/>
       <c r="D19" s="19"/>
       <c r="E19" s="19"/>
       <c r="F19" s="19"/>
       <c r="G19" s="19"/>
       <c r="H19" s="19"/>
     </row>
     <row r="20" spans="1:8" x14ac:dyDescent="0.2">
       <c r="C20" s="19"/>